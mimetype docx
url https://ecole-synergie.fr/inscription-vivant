--- v0 (2025-10-20)
+++ v1 (2026-02-04)
@@ -1,200 +1,205 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="031D67F1" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="9"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A294C97" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1A294C97" w14:textId="18110893" w:rsidR="002645DA" w:rsidRDefault="00CF64E3">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77048E87" wp14:editId="04DCD273">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Image 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6082B6F5" wp14:editId="4F854648">
+            <wp:extent cx="7077710" cy="709930"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:docPr id="489212750" name="Image 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Image 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="489212750" name="Image 489212750"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7073900" cy="515620"/>
+                      <a:ext cx="7077710" cy="709930"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D6BEDA3" w14:textId="3FD49789" w:rsidR="002645DA" w:rsidRDefault="00F90CBB">
+    <w:p w14:paraId="3D6BEDA3" w14:textId="4A8744AE" w:rsidR="002645DA" w:rsidRDefault="00F90CBB">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Version </w:t>
       </w:r>
-      <w:r w:rsidR="00D00928">
+      <w:r w:rsidR="00CF64E3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>2 du 19 mars 2025</w:t>
+        <w:t>3 du 12 janvier 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D00A65" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="662B9C0E" w14:textId="77777777" w:rsidR="002645DA" w:rsidRPr="00F90CBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:left="2053" w:right="2053"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="028C7B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F90CBB">
         <w:rPr>
           <w:b/>
           <w:color w:val="028C7B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Formulaire de demande d’inscription </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="320EBD59" w14:textId="14A31580" w:rsidR="002645DA" w:rsidRPr="00F90CBB" w:rsidRDefault="00D00928">
+    <w:p w14:paraId="320EBD59" w14:textId="041710AF" w:rsidR="002645DA" w:rsidRPr="00F90CBB" w:rsidRDefault="00D00928">
       <w:pPr>
         <w:ind w:left="2053" w:right="2053"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="028C7B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="028C7B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Cursus vivant </w:t>
       </w:r>
       <w:r w:rsidR="00750191">
         <w:rPr>
           <w:b/>
           <w:color w:val="028C7B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2025</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF64E3">
         <w:rPr>
           <w:b/>
           <w:color w:val="028C7B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>-2026</w:t>
+        <w:t>6-2027</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A82C743" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:ind w:left="2053" w:right="2053"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06233D92" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="52"/>
         <w:rPr>
           <w:color w:val="127622"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10FDB0A1" w14:textId="79DC6B83" w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
@@ -364,113 +369,105 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B41CD">
         <w:t>Par le présent document, je demande à suivre la formation de Naturopathe holistique enseignée par l’École Synergie Naturopathie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DABA9B6" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D9A79B7" w14:textId="0C1285C3" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4D9A79B7" w14:textId="5C9E2355" w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="107"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="01734D"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="01734D"/>
         </w:rPr>
         <w:t>Tarif 202</w:t>
       </w:r>
-      <w:r w:rsidR="005C4DD8">
+      <w:r w:rsidR="00CF64E3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="01734D"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="01734D"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la formation : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A3C5013" w14:textId="7537958A" w:rsidR="002645DA" w:rsidRDefault="002F321B">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:color w:val="01734D"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="01734D"/>
         </w:rPr>
-        <w:t>4160</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> euros</w:t>
+        <w:t>4160 euros</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D8C6A3" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="113" w:firstLine="4195"/>
       </w:pPr>
       <w:r>
         <w:t>Frais d’</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk158813537"/>
       <w:r>
         <w:t>inscription à 150 €</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54FB07D3" w14:textId="77777777" w:rsidR="002F321B" w:rsidRDefault="00000000" w:rsidP="002F321B">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -910,50 +907,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75BA6F05" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Questionnaire d’entretien pré-inscription</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C420576" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BD8300B" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
@@ -1314,176 +1312,193 @@
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Si vous êtes en situation de handicap, nous allons chercher ensemble quelles mesures particulières pourraient combler vos besoins particuliers. Voulez-vous indiquer ici quels seraient ces besoins ? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5088ECBC" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
     <w:p w14:paraId="2FEED95D" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
     <w:p w14:paraId="7915A24B" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
-    <w:p w14:paraId="4E000B76" w14:textId="77777777" w:rsidR="002645DA" w:rsidRPr="00F90CBB" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4E000B76" w14:textId="39BE64B9" w:rsidR="002645DA" w:rsidRPr="00CF64E3" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Disposez-vous d’un ordinateur, tablette ou smartphone vous permettant de télécharger les cours, réaliser les devoirs et suivre les cours en visioconférence ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E27B5C" w14:textId="77777777" w:rsidR="00CF64E3" w:rsidRDefault="00CF64E3" w:rsidP="00CF64E3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C6C66EE" w14:textId="77777777" w:rsidR="00CF64E3" w:rsidRDefault="00CF64E3" w:rsidP="00CF64E3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53529348" w14:textId="02D0BBE7" w:rsidR="00CF64E3" w:rsidRPr="00F90CBB" w:rsidRDefault="00CF64E3" w:rsidP="00CF64E3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="4" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7FEEF6F6" wp14:editId="0D854251">
-[...10 lines deleted...]
-            <wp:docPr id="3" name="Image 2 Copie 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CC530F6" wp14:editId="1A6A3294">
+            <wp:extent cx="7077710" cy="709930"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:docPr id="67611003" name="Image 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="3" name="Image 2 Copie 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="67611003" name="Image 67611003"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7073900" cy="515620"/>
+                      <a:ext cx="7077710" cy="709930"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
-      </w:r>
-[...5 lines deleted...]
-        <w:t>Disposez-vous d’un ordinateur, tablette ou smartphone vous permettant de télécharger les cours, réaliser les devoirs et suivre les cours en visioconférence ?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72C47D37" w14:textId="77777777" w:rsidR="00F90CBB" w:rsidRDefault="00F90CBB" w:rsidP="00F90CBB">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F90CBB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="540" w:right="440" w:bottom="280" w:left="320" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="100" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
+    <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
-    <w:altName w:val="Segoe UI Symbol"/>
+    <w:altName w:val="Klee One"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
@@ -3103,80 +3118,81 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="542250159">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="723454896">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1733429837">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1990747076">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="647133884">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="727998750">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="135"/>
+  <w:zoom w:percent="169"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002645DA"/>
     <w:rsid w:val="00021CD3"/>
     <w:rsid w:val="000D15A0"/>
     <w:rsid w:val="002645DA"/>
     <w:rsid w:val="002F321B"/>
     <w:rsid w:val="00392133"/>
     <w:rsid w:val="00493AE6"/>
     <w:rsid w:val="004A3682"/>
     <w:rsid w:val="004E7BD0"/>
     <w:rsid w:val="00543355"/>
     <w:rsid w:val="005C4DD8"/>
     <w:rsid w:val="006D5A68"/>
     <w:rsid w:val="00750191"/>
     <w:rsid w:val="009B41CD"/>
     <w:rsid w:val="00C43DFE"/>
+    <w:rsid w:val="00CF64E3"/>
     <w:rsid w:val="00D00928"/>
     <w:rsid w:val="00F90CBB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -3752,51 +3768,51 @@
     <w:qFormat/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://links.pb05.wixshoutout.com/wf/click?upn=FWX-2F5iA1eBvuTwSz9PSL36rbLmuexo1uSGl0HOkA6npY9ytqb0CTSXp4U9Gy1ny5rblSUJ2xEaY-2FGFQKUpwJ3FNa30aeTxquc5J9qJiPEJmO-2BvoiLdyJgKiuQGw-2BUa66v9oRaJaCKmP5P1u7SfeQvWstx6x70RV0xaI2Jh9WzsM-3D_wkEsgtRFzX9uucbX7s7Iq-2Bx98Ph3NgLZerK5JvV1JLkIfdf5vfsY5LeSQgYwqW-2FzJHF-2F4BTit3mPO1x7lMNAMZUVwZ2ifix83iXmJ7HU6vu-2B4RjpleldWkJnERfmp213eXLlSn0pwAVTlVsaF4uWqALF8Nw912BmLrrbVQ23m2fstF-2F8QY-2B6llPatcBwCtrwROmMIwH43HOIAWN6t951HA6PgFZD3Fm9MX7ImiUJmvKGkrWxPRhFc64c-2BwT7Fd-2Btwu64E42A7HMvKEP8v0gRtaXi-2FA0o31Uc-2Bd8s93ErZLvJv7Ef15rcDmCqCA5NMAJtijo7rhmfR0-2B7nuZ6V4HsF-2FWuBAydcxxvwgva6B9SaoPtZxrmKTjK0Ouk1sFrZmyvnqwvJ3d78jrn86459WHLSqWJ9pDQKg7YcYXjHecHnUXt6g0s4BNRPnyuyH2mBhdX86mlkLROW-2BZy-2FELOkFDOZwexi92lw7vKEAD2SFZek0tj0fa9mcf0Ywsnh5mK4TtKkK85WDjjwgIbdPUW9dqr-2FMY8rUfrbrNZQ5Cc4MFQKes-3D" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://links.pb05.wixshoutout.com/wf/click?upn=FWX-2F5iA1eBvuTwSz9PSL36rbLmuexo1uSGl0HOkA6npY9ytqb0CTSXp4U9Gy1ny5rblSUJ2xEaY-2FGFQKUpwJ3FNa30aeTxquc5J9qJiPEJmO-2BvoiLdyJgKiuQGw-2BUa66v9oRaJaCKmP5P1u7SfeQvWstx6x70RV0xaI2Jh9WzsM-3D_wkEsgtRFzX9uucbX7s7Iq-2Bx98Ph3NgLZerK5JvV1JLkIfdf5vfsY5LeSQgYwqW-2FzJHF-2F4BTit3mPO1x7lMNAMZUVwZ2ifix83iXmJ7HU6vu-2B4RjpleldWkJnERfmp213eXLlSn0pwAVTlVsaF4uWqALF8Nw912BmLrrbVQ23m2fstF-2F8QY-2B6llPatcBwCtrwROmMIwH43HOIAWN6t951HA6PgFZD3Fm9MX7ImiUJmvKGkrWxPRhFc64c-2BwT7Fd-2Btwu64E42A7HMvKEP8v0gRtaXi-2FA0o31Uc-2Bd8s93ErZLvJv7Ef15rcDmCqCA5NMAJtijo7rhmfR0-2B7nuZ6V4HsF-2FWuBAydcxxvwgva6B9SaoPtZxrmKTjK0Ouk1sFrZmyvnqwvJ3d78jrn86459WHLSqWJ9pDQKg7YcYXjHecHnUXt6g0s4BNRPnyuyH2mBhdX86mlkLROW-2BZy-2FELOkFDOZwexi92lw7vKEAD2SFZek0tj0fa9mcf0Ywsnh5mK4TtKkK85WDjjwgIbdPUW9dqr-2FMY8rUfrbrNZQ5Cc4MFQKes-3D" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3937,60 +3953,60 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>549</Words>
-  <Characters>3025</Characters>
+  <Words>550</Words>
+  <Characters>3030</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3567</CharactersWithSpaces>
+  <CharactersWithSpaces>3573</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Maria-Luisa Weecksteen</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>fr-FR</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-02-01T00:00:00Z</vt:filetime>