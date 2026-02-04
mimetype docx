--- v0 (2025-10-11)
+++ v1 (2026-02-04)
@@ -1,1545 +1,1625 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="031D67F1" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="9"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A294C97" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00B3273F">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77048E87" wp14:editId="04DCD273">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Image 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7077710" cy="709930"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:docPr id="69763281" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Image 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="69763281" name="Image 69763281"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7073900" cy="515620"/>
+                      <a:ext cx="7077710" cy="709930"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D6BEDA3" w14:textId="6FAF2636" w:rsidR="002645DA" w:rsidRDefault="00F90CBB">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00F90CBB">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Version </w:t>
       </w:r>
-      <w:r w:rsidR="00493AE6">
-[...6 lines deleted...]
-      <w:r w:rsidR="00750191">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>19 mars 2025</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="70885A35" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3273F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>3 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00892102">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> janvier</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3273F">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="52"/>
         <w:ind w:firstLine="107"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Antenne :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F994D9" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="52"/>
         <w:ind w:left="107"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Directeur d’antenne </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D00A65" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="662B9C0E" w14:textId="77777777" w:rsidR="002645DA" w:rsidRPr="00F90CBB" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRPr="00F90CBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:left="2053" w:right="2053"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="028C7B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F90CBB">
         <w:rPr>
           <w:b/>
           <w:color w:val="028C7B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Formulaire de demande d’inscription </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="320EBD59" w14:textId="7997409E" w:rsidR="002645DA" w:rsidRPr="00F90CBB" w:rsidRDefault="00750191">
+    <w:p w:rsidR="002645DA" w:rsidRPr="00F90CBB" w:rsidRDefault="00892102">
       <w:pPr>
         <w:ind w:left="2053" w:right="2053"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="028C7B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="028C7B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2025</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7A82C743" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+        <w:t>Janvier</w:t>
+      </w:r>
+      <w:r w:rsidR="00F90CBB" w:rsidRPr="00F90CBB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="028C7B"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3273F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="028C7B"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:ind w:left="2053" w:right="2053"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06233D92" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="52"/>
         <w:rPr>
           <w:color w:val="127622"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10FDB0A1" w14:textId="79DC6B83" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="52"/>
         <w:ind w:left="107"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prénom et </w:t>
       </w:r>
-      <w:r w:rsidR="00021CD3">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>n</w:t>
-      </w:r>
+        <w:t>Nom  :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>om :</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6DD8DE" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6425A852" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="107"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Date de naissance :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B72C61" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="752E4FDD" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="107"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Adresse :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CBACE32" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7584FFD8" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="107"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N° de téléphone :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A57FDB4" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CAC9C28" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="107"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mail :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34EFAC75" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69B7DD24" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="142" w:right="530"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B41CD">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4DABA9B6" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+        <w:t>Par le présent document, je demande à suivre la formation de Naturopathe holistique enseignée par l’École Synergie Naturopathie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D9A79B7" w14:textId="0C1285C3" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="107"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="01734D"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="01734D"/>
         </w:rPr>
         <w:t>Tarif 202</w:t>
       </w:r>
-      <w:r w:rsidR="005C4DD8">
+      <w:r w:rsidR="00B3273F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="01734D"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="01734D"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la formation : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A3C5013" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:color w:val="01734D"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="01734D"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00543355">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="01734D"/>
         </w:rPr>
         <w:t>535</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="01734D"/>
         </w:rPr>
         <w:t xml:space="preserve"> euros</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D8C6A3" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="113" w:firstLine="4195"/>
       </w:pPr>
       <w:r>
         <w:t>Frais d’</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk158813537"/>
       <w:r>
         <w:t>inscription à 150 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35493DF9" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="113" w:firstLine="4195"/>
       </w:pPr>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00543355">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> modules à 75 € l’unité</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55DB3C5E" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="113" w:firstLine="4195"/>
       </w:pPr>
       <w:r>
         <w:t>10 journées de stage à 90 € l’unité</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A7C3DB" w14:textId="5B99C6E3" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="113" w:firstLine="4195"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Pack </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="7D117D00" w14:textId="4D9EA778" w:rsidR="002645DA" w:rsidRDefault="00750191">
+        <w:t>Pack de préparation à l’examen 270 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="113" w:firstLine="4195"/>
       </w:pPr>
       <w:r>
-        <w:t>Pack Pratique Pro à 340 €</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="22F55E0A" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+        <w:t>Dossier libre de professionnalisation à 340 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="107"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A2574FC" w14:textId="29C88BA9" w:rsidR="002645DA" w:rsidRDefault="00000000" w:rsidP="009B41CD">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:spacing w:before="1"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="4A05A8BC" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+        <w:ind w:left="107"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="3" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>251460</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>48895</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="146685" cy="100965"/>
+                <wp:effectExtent l="1270" t="1270" r="635" b="635"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="Forme 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="146520" cy="100800"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst>
+                            <a:gd name="adj" fmla="val 16667"/>
+                          </a:avLst>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="0">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor"/>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:roundrect w14:anchorId="1356035D" id="Forme 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:19.8pt;margin-top:3.85pt;width:11.55pt;height:7.95pt;z-index:3;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQB/EXqx0QEAACoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k92NIFSrbPpAFV4Q&#13;&#10;oJZ+gONL1sj2WLabTf6e8XSbFCohFeEHe3w5x3OOx+vro3fsoFO2EAbeLVrOdJCgbNgP/P7H9t0V&#13;&#10;Z7mIoISDoAd+0plfb96+WU+x10sYwSmdGJKE3E9x4GMpsW+aLEftRV5A1AE3DSQvCk7TvlFJTMju&#13;&#10;XbNs21UzQVIxgdQ54+rN4ybfEL8xWpZvxmRdmBs45laoT9Tvat9s1qLfJxFHK+c0xD9k4YUNeOmZ&#13;&#10;6kYUwR6SfUHlrUyQwZSFBN+AMVZq0oBquvYPNXejiJq0oDk5nm3K/49Wfj3cxe8JbZhi7jOGVcXR&#13;&#10;JF9HzI8dyazT2Sx9LEziYvd+9WGJlkrc6tr2qiUzmws4plw+a/CsBgNP8BDULT4I+SQOX3IhwxQL&#13;&#10;wmNlCPWTM+Md2n8QjnWr1epjfR5knA9j9MRZkRmcVVvrHE3SfvfJJYbQgW+pzeDfjrnApqrk7/iW&#13;&#10;2ks8JuACZnSxiqJycroSunCrDbOKHKMb5JzVY8Hhj0C/nsqOyBBQDxpU8UrsDKloTXX+SvwZRPdD&#13;&#10;KGe8twESiX+mroY7UCcqFTIAC5IeZ/48teKfz8mmyxff/AIAAP//AwBQSwMEFAAGAAgAAAAhAJt/&#13;&#10;CVPhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMT01Lw0AQvQv+h2UEL2I3ppBqmkmRiKIXIVWw&#13;&#10;vW2z0ySY3Q3ZTRv99Y6n9jLD8N68j2w1mU4caPCtswh3swgE2crp1tYInx/Pt/cgfFBWq85ZQvgh&#13;&#10;D6v88iJTqXZHW9JhHWrBItanCqEJoU+l9FVDRvmZ68kytneDUYHPoZZ6UEcWN52MoyiRRrWWHRrV&#13;&#10;U9FQ9b0eDYL+KvXv6w2V2/e3l02hzVhs/Ih4fTU9LXk8LkEEmsLpA/47cH7IOdjOjVZ70SHMHxJm&#13;&#10;IiwWIBhOYt47hHiegMwzed4h/wMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#13;&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#13;&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB/EXqx0QEA&#13;&#10;ACoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCbfwlT&#13;&#10;4QAAAAsBAAAPAAAAAAAAAAAAAAAAACsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#13;&#10;OQUAAAAA&#13;&#10;" strokeweight="0"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">J’ai déjà réglé les frais d’inscription à l’école et/ou fait le Dossier libre de professionnalisation dans le cadre </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">d’une formation de l’école Synergie naturopathie, je suis donc exempté de ces frais pour ce nouveau </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>cursus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="56270F2F" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="107"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Cochez si besoin </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="337E6494" w14:textId="392DE60F" w:rsidR="002645DA" w:rsidRPr="009B41CD" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:iCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009B41CD">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="12E547D4" w14:textId="20D2E55D" w:rsidR="002645DA" w:rsidRPr="009B41CD" w:rsidRDefault="009B41CD" w:rsidP="009B41CD">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Je suis en situation de handicap, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="828"/>
         </w:tabs>
         <w:spacing w:line="290" w:lineRule="exact"/>
         <w:rPr>
           <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>et</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ou ma formation est financée par un organisme extérieur (pôle emploi, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>uniformation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, AFDAS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="-23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>etc…)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="828"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="230" w:lineRule="auto"/>
+        <w:ind w:right="1219"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...80 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2792B571" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="107" w:right="116"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42476819" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="107" w:right="116"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Le présent document est à envoyer par mail à votre Directeur d’Antenne et l’École vous enverra une convention de formation que vous retournerez signée. Vous pourrez régler les frais d’inscription sur le site de l’école, puis commencer en achetant votre premier module sur le site de l’école. Les modules s’achètent les uns après les autres.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48716754" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4195D463" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:ind w:left="107" w:right="108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Le 25 mai 2018 entre en application le </w:t>
       </w:r>
       <w:hyperlink r:id="rId6">
-        <w:r w:rsidR="002645DA">
+        <w:r>
           <w:rPr>
             <w:i/>
             <w:iCs/>
             <w:color w:val="1154CC"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:u w:val="single" w:color="1154CC"/>
           </w:rPr>
           <w:t>Règlement Général sur la protection des Données (RGPD/GDPR)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>- règlement européen n°2016/679, dit Règlement Général sur la Protection des Données du 14 avril 2016. Conformément à ce règlement, je vous confirme que vos données personnelles ne seront en aucun cas délivrées à des tiers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C01AFC2" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="201"/>
         <w:ind w:left="107"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Date et signature de l’étudiant :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C07E7E" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="201"/>
         <w:ind w:left="107"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EC17986" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="201"/>
         <w:ind w:left="107"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F5FC3AD" w14:textId="77777777" w:rsidR="00F90CBB" w:rsidRDefault="00F90CBB">
+    <w:p w:rsidR="00F90CBB" w:rsidRDefault="00F90CBB">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="201"/>
         <w:ind w:left="107"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07E28DF5" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="201"/>
         <w:ind w:left="107"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Veuillez remplir le questionnaire de pré-inscription ci-dessous</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FECAE5A" w14:textId="77777777" w:rsidR="00021CD3" w:rsidRDefault="00021CD3">
-[...15 lines deleted...]
-    <w:p w14:paraId="196C95C5" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75BA6F05" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Questionnaire d’entretien pré-inscription</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C420576" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BD8300B" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ce questionnaire vise à définir votre projet et s’assurer que notre formation y corresponde</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB80E56" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="230AA1C8" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pourquoi choisir de vous tourner vers la naturopathie ? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69ED3365" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BD99D4E" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76749D96" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="77D2D314" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pour vous, qu’est-ce que la naturopathie ? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF8AF9B" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7875CB8F" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A0F2FB3" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="588ABBA6" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Quelle est votre situation professionnelle actuelle ?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D4DA625" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06EBC74A" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E49204D" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7668E936" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31C7A225" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Quel est votre niveau d’étude initial ? Êtes-vous titulaire du Bac ? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A44413" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02D4768E" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>J’atteste sur l’honneur que je suis titulaire du Bac</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BD4DD69" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Je ne suis pas titulaire du Bac et je joins une lettre de motivation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="203EC4FD" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2317DF1A" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Avez-vous déjà réalisé des formations en lien avec le bien-être ?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D69CF8" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7550BC98" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="355FFFA4" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EDF0A20" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D943569" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Faites-vous des recherches vous-mêmes dans le domaine du bien-être ? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D1B113" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C82D4A8" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5225180F" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="75BA85B8" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FA8CDB9" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A l’heure actuelle avez-vous un projet précis ? Que pensez-vous entreprendre suite à votre formation ?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E8D8A5" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54CC12BF" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33F81D4D" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Si vous êtes en situation de handicap, nous allons chercher ensemble quelles mesures particulières pourraient combler vos besoins particuliers. Voulez-vous indiquer ici quels seraient ces besoins ? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5088ECBC" w14:textId="77777777" w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E000B76" w14:textId="77777777" w:rsidR="002645DA" w:rsidRPr="00F90CBB" w:rsidRDefault="00000000">
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
+    <w:p w:rsidR="002645DA" w:rsidRDefault="002645DA"/>
+    <w:p w:rsidR="002645DA" w:rsidRPr="00B3273F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Disposez-vous d’un ordinateur, tablette ou smartphone vous permettant de télécharger les cours, réaliser les devoirs et suivre les cours en visioconférence ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B3273F" w:rsidRDefault="00B3273F" w:rsidP="00B3273F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B3273F" w:rsidRDefault="00B3273F" w:rsidP="00B3273F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B3273F" w:rsidRPr="00F90CBB" w:rsidRDefault="00B3273F" w:rsidP="00B3273F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="4" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7FEEF6F6" wp14:editId="0D854251">
-[...10 lines deleted...]
-            <wp:docPr id="3" name="Image 2 Copie 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7077710" cy="709930"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:docPr id="1463796587" name="Image 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="3" name="Image 2 Copie 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1463796587" name="Image 1463796587"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7073900" cy="515620"/>
+                      <a:ext cx="7077710" cy="709930"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="72C47D37" w14:textId="77777777" w:rsidR="00F90CBB" w:rsidRDefault="00F90CBB" w:rsidP="00F90CBB">
+    </w:p>
+    <w:p w:rsidR="00F90CBB" w:rsidRDefault="00F90CBB" w:rsidP="00F90CBB">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F90CBB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="540" w:right="440" w:bottom="280" w:left="320" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="100" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
-    <w:altName w:val="Segoe UI Symbol"/>
+    <w:altName w:val="Klee One"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
@@ -1678,163 +1758,50 @@
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0E4060A8"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B715B0F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="262011FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1930,164 +1897,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58A155A0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3F3C5732"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2183,51 +2037,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A2573CC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4D205B9C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2323,51 +2177,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60491DC0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FD707A60"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2463,51 +2317,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62885366"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8098E440"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2576,51 +2430,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="680429D9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="32B24380"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
@@ -2698,51 +2552,51 @@
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D5345E6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9FC0236E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2838,51 +2692,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A531EEB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="86B08D1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2978,51 +2832,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FA64CFA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D012E18A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="827" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3122,142 +2976,124 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6587" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="582833191">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="526022119">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="896286589">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="669214428">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1747680949">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1299847105">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="542250159">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="896286589">
+  <w:num w:numId="8" w16cid:durableId="723454896">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="669214428">
-[...11 lines deleted...]
-  <w:num w:numId="8" w16cid:durableId="723454896">
+  <w:num w:numId="9" w16cid:durableId="1733429837">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1733429837">
+  <w:num w:numId="10" w16cid:durableId="1990747076">
     <w:abstractNumId w:val="6"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="145"/>
+  <w:zoom w:percent="169"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002645DA"/>
-    <w:rsid w:val="00021CD3"/>
-    <w:rsid w:val="000D15A0"/>
     <w:rsid w:val="002645DA"/>
-    <w:rsid w:val="00392133"/>
-    <w:rsid w:val="00493AE6"/>
     <w:rsid w:val="004A3682"/>
     <w:rsid w:val="004E7BD0"/>
     <w:rsid w:val="00543355"/>
-    <w:rsid w:val="005C4DD8"/>
     <w:rsid w:val="006D5A68"/>
-    <w:rsid w:val="00750191"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C43DFE"/>
+    <w:rsid w:val="00892102"/>
+    <w:rsid w:val="00B3273F"/>
     <w:rsid w:val="00F90CBB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="38C21198"/>
+  <w14:docId w14:val="463A4101"/>
   <w15:docId w15:val="{207D53AE-59D0-DF46-B465-85C01711E0DE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3806,51 +3642,51 @@
     <w:qFormat/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://links.pb05.wixshoutout.com/wf/click?upn=FWX-2F5iA1eBvuTwSz9PSL36rbLmuexo1uSGl0HOkA6npY9ytqb0CTSXp4U9Gy1ny5rblSUJ2xEaY-2FGFQKUpwJ3FNa30aeTxquc5J9qJiPEJmO-2BvoiLdyJgKiuQGw-2BUa66v9oRaJaCKmP5P1u7SfeQvWstx6x70RV0xaI2Jh9WzsM-3D_wkEsgtRFzX9uucbX7s7Iq-2Bx98Ph3NgLZerK5JvV1JLkIfdf5vfsY5LeSQgYwqW-2FzJHF-2F4BTit3mPO1x7lMNAMZUVwZ2ifix83iXmJ7HU6vu-2B4RjpleldWkJnERfmp213eXLlSn0pwAVTlVsaF4uWqALF8Nw912BmLrrbVQ23m2fstF-2F8QY-2B6llPatcBwCtrwROmMIwH43HOIAWN6t951HA6PgFZD3Fm9MX7ImiUJmvKGkrWxPRhFc64c-2BwT7Fd-2Btwu64E42A7HMvKEP8v0gRtaXi-2FA0o31Uc-2Bd8s93ErZLvJv7Ef15rcDmCqCA5NMAJtijo7rhmfR0-2B7nuZ6V4HsF-2FWuBAydcxxvwgva6B9SaoPtZxrmKTjK0Ouk1sFrZmyvnqwvJ3d78jrn86459WHLSqWJ9pDQKg7YcYXjHecHnUXt6g0s4BNRPnyuyH2mBhdX86mlkLROW-2BZy-2FELOkFDOZwexi92lw7vKEAD2SFZek0tj0fa9mcf0Ywsnh5mK4TtKkK85WDjjwgIbdPUW9dqr-2FMY8rUfrbrNZQ5Cc4MFQKes-3D" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://links.pb05.wixshoutout.com/wf/click?upn=FWX-2F5iA1eBvuTwSz9PSL36rbLmuexo1uSGl0HOkA6npY9ytqb0CTSXp4U9Gy1ny5rblSUJ2xEaY-2FGFQKUpwJ3FNa30aeTxquc5J9qJiPEJmO-2BvoiLdyJgKiuQGw-2BUa66v9oRaJaCKmP5P1u7SfeQvWstx6x70RV0xaI2Jh9WzsM-3D_wkEsgtRFzX9uucbX7s7Iq-2Bx98Ph3NgLZerK5JvV1JLkIfdf5vfsY5LeSQgYwqW-2FzJHF-2F4BTit3mPO1x7lMNAMZUVwZ2ifix83iXmJ7HU6vu-2B4RjpleldWkJnERfmp213eXLlSn0pwAVTlVsaF4uWqALF8Nw912BmLrrbVQ23m2fstF-2F8QY-2B6llPatcBwCtrwROmMIwH43HOIAWN6t951HA6PgFZD3Fm9MX7ImiUJmvKGkrWxPRhFc64c-2BwT7Fd-2Btwu64E42A7HMvKEP8v0gRtaXi-2FA0o31Uc-2Bd8s93ErZLvJv7Ef15rcDmCqCA5NMAJtijo7rhmfR0-2B7nuZ6V4HsF-2FWuBAydcxxvwgva6B9SaoPtZxrmKTjK0Ouk1sFrZmyvnqwvJ3d78jrn86459WHLSqWJ9pDQKg7YcYXjHecHnUXt6g0s4BNRPnyuyH2mBhdX86mlkLROW-2BZy-2FELOkFDOZwexi92lw7vKEAD2SFZek0tj0fa9mcf0Ywsnh5mK4TtKkK85WDjjwgIbdPUW9dqr-2FMY8rUfrbrNZQ5Cc4MFQKes-3D" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3990,61 +3826,61 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3036</Characters>
+  <Pages>3</Pages>
+  <Words>560</Words>
+  <Characters>3084</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3580</CharactersWithSpaces>
+  <CharactersWithSpaces>3637</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Maria-Luisa Weecksteen</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>fr-FR</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-02-01T00:00:00Z</vt:filetime>