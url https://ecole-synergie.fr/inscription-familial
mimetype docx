--- v0 (2025-10-20)
+++ v1 (2026-03-11)
@@ -1,104 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="9"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF4641" w:rsidRDefault="008E7F1B">
+    <w:p w:rsidR="00CF4641" w:rsidRDefault="00AF2E2A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7077710" cy="516255"/>
-[...1 lines deleted...]
-            <wp:docPr id="885795828" name="Image 1"/>
+            <wp:extent cx="7077710" cy="709930"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:docPr id="688885170" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="885795828" name="Image 885795828"/>
+                    <pic:cNvPr id="688885170" name="Image 688885170"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7077710" cy="516255"/>
+                      <a:ext cx="7077710" cy="709930"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="52"/>
         <w:ind w:left="107"/>
@@ -173,57 +173,57 @@
           <w:color w:val="01734D"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Accompagnement en naturopathie familiale</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="36"/>
         <w:ind w:left="2051" w:right="2051"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Formulaire de demande d’inscription 202</w:t>
       </w:r>
-      <w:r w:rsidR="00ED1F84">
+      <w:r w:rsidR="00AF2E2A">
         <w:rPr>
           <w:b/>
           <w:color w:val="01734D"/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="52"/>
         <w:ind w:left="107"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prénom et Nom : </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
@@ -610,50 +610,51 @@
         <w:ind w:right="671"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641">
       <w:pPr>
         <w:spacing w:before="102"/>
         <w:ind w:right="671"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="201"/>
         <w:ind w:left="107"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Veuillez remplir le questionnaire de pré-inscription ci-dessous</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00000000">
@@ -956,148 +957,120 @@
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641">
       <w:pPr>
         <w:spacing w:before="102"/>
         <w:ind w:right="671"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF4641" w:rsidRDefault="00000000">
+    <w:p w:rsidR="00CF4641" w:rsidRDefault="00AF2E2A">
       <w:pPr>
         <w:spacing w:before="102"/>
         <w:ind w:right="671"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...26 lines deleted...]
-      <w:r w:rsidR="008E7F1B">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:noProof/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7077710" cy="516255"/>
-[...1 lines deleted...]
-            <wp:docPr id="1886881162" name="Image 2"/>
+            <wp:extent cx="7077710" cy="709930"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:docPr id="1986864177" name="Image 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1886881162" name="Image 1886881162"/>
+                    <pic:cNvPr id="1986864177" name="Image 1986864177"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7077710" cy="516255"/>
+                      <a:ext cx="7077710" cy="709930"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED1F84">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>V8 12 janvier 2026</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641"/>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641"/>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="201"/>
         <w:ind w:left="107"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CF4641" w:rsidRDefault="00CF4641">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="201"/>
         <w:ind w:left="107"/>
         <w:jc w:val="both"/>
@@ -1434,94 +1407,95 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1439450814">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="731348779">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="246617761">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="171"/>
+  <w:zoom w:percent="169"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF4641"/>
     <w:rsid w:val="00044A38"/>
     <w:rsid w:val="008E7F1B"/>
     <w:rsid w:val="008F5F45"/>
     <w:rsid w:val="0097644F"/>
     <w:rsid w:val="009E2D24"/>
     <w:rsid w:val="00A03F80"/>
+    <w:rsid w:val="00AF2E2A"/>
     <w:rsid w:val="00C02CB6"/>
     <w:rsid w:val="00CF4641"/>
     <w:rsid w:val="00ED1F84"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="27C27ED9"/>
+  <w14:docId w14:val="38BAFFAD"/>
   <w15:docId w15:val="{0AB00763-FF91-124D-96C6-1E79F979135D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2063,51 +2037,51 @@
     <w:qFormat/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://links.pb05.wixshoutout.com/wf/click?upn=FWX-2F5iA1eBvuTwSz9PSL36rbLmuexo1uSGl0HOkA6npY9ytqb0CTSXp4U9Gy1ny5rblSUJ2xEaY-2FGFQKUpwJ3FNa30aeTxquc5J9qJiPEJmO-2BvoiLdyJgKiuQGw-2BUa66v9oRaJaCKmP5P1u7SfeQvWstx6x70RV0xaI2Jh9WzsM-3D_wkEsgtRFzX9uucbX7s7Iq-2Bx98Ph3NgLZerK5JvV1JLkIfdf5vfsY5LeSQgYwqW-2FzJHF-2F4BTit3mPO1x7lMNAMZUVwZ2ifix83iXmJ7HU6vu-2B4RjpleldWkJnERfmp213eXLlSn0pwAVTlVsaF4uWqALF8Nw912BmLrrbVQ23m2fstF-2F8QY-2B6llPatcBwCtrwROmMIwH43HOIAWN6t951HA6PgFZD3Fm9MX7ImiUJmvKGkrWxPRhFc64c-2BwT7Fd-2Btwu64E42A7HMvKEP8v0gRtaXi-2FA0o31Uc-2Bd8s93ErZLvJv7Ef15rcDmCqCA5NMAJtijo7rhmfR0-2B7nuZ6V4HsF-2FWuBAydcxxvwgva6B9SaoPtZxrmKTjK0Ouk1sFrZmyvnqwvJ3d78jrn86459WHLSqWJ9pDQKg7YcYXjHecHnUXt6g0s4BNRPnyuyH2mBhdX86mlkLROW-2BZy-2FELOkFDOZwexi92lw7vKEAD2SFZek0tj0fa9mcf0Ywsnh5mK4TtKkK85WDjjwgIbdPUW9dqr-2FMY8rUfrbrNZQ5Cc4MFQKes-3D" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://links.pb05.wixshoutout.com/wf/click?upn=FWX-2F5iA1eBvuTwSz9PSL36rbLmuexo1uSGl0HOkA6npY9ytqb0CTSXp4U9Gy1ny5rblSUJ2xEaY-2FGFQKUpwJ3FNa30aeTxquc5J9qJiPEJmO-2BvoiLdyJgKiuQGw-2BUa66v9oRaJaCKmP5P1u7SfeQvWstx6x70RV0xaI2Jh9WzsM-3D_wkEsgtRFzX9uucbX7s7Iq-2Bx98Ph3NgLZerK5JvV1JLkIfdf5vfsY5LeSQgYwqW-2FzJHF-2F4BTit3mPO1x7lMNAMZUVwZ2ifix83iXmJ7HU6vu-2B4RjpleldWkJnERfmp213eXLlSn0pwAVTlVsaF4uWqALF8Nw912BmLrrbVQ23m2fstF-2F8QY-2B6llPatcBwCtrwROmMIwH43HOIAWN6t951HA6PgFZD3Fm9MX7ImiUJmvKGkrWxPRhFc64c-2BwT7Fd-2Btwu64E42A7HMvKEP8v0gRtaXi-2FA0o31Uc-2Bd8s93ErZLvJv7Ef15rcDmCqCA5NMAJtijo7rhmfR0-2B7nuZ6V4HsF-2FWuBAydcxxvwgva6B9SaoPtZxrmKTjK0Ouk1sFrZmyvnqwvJ3d78jrn86459WHLSqWJ9pDQKg7YcYXjHecHnUXt6g0s4BNRPnyuyH2mBhdX86mlkLROW-2BZy-2FELOkFDOZwexi92lw7vKEAD2SFZek0tj0fa9mcf0Ywsnh5mK4TtKkK85WDjjwgIbdPUW9dqr-2FMY8rUfrbrNZQ5Cc4MFQKes-3D" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2355,59 +2329,59 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>435</Words>
-  <Characters>2394</Characters>
+  <Characters>2397</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2824</CharactersWithSpaces>
+  <CharactersWithSpaces>2827</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Maria-Luisa Weecksteen</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>fr-FR</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-02-01T00:00:00Z</vt:filetime>